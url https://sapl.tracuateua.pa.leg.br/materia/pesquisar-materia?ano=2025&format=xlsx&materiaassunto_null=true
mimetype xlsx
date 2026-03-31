--- v0 (2025-12-15)
+++ v1 (2026-03-31)
@@ -10,1247 +10,1247 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="889" uniqueCount="449">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="896" uniqueCount="452">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Pescocinho</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_193_pescocinho.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_193_pescocinho.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador Pescocinho, solicitando cópias do pregão eletrônico 9.2025-0004-SRP-PMT</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Raian Vieira</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/</t>
   </si>
   <si>
     <t>Autoria do Vereador Raian Vieira, solicitando estudos técnicos e financeiros para construção de uma rotatória com pintura e sinalização na entrada do conjunto dos Ipês com a José Olegário e Trav. Raimundo Laranjeira.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Cici do Chaga</t>
   </si>
   <si>
     <t>Autoria do Vereador Cici do Chaga, Solicitando Estudos Técnicos e Financeiros para manutenção da iluminação pública na Comunidade do Braço Grande.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>Paula Melo</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_cmt_no_196_em_conjunto.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_cmt_no_196_em_conjunto.pdf</t>
   </si>
   <si>
     <t>Autoria dos Vereadores, Cici do Chagas, Paula Melo, Pescocinho, prof. ª Pity. Com base na Lei Orgânica do Município, solicitamos ao Poder Executivo  por meio da Secretaria de Educação, copias das notas fiscais de combustíveis utilizadas, copias das portarias da frota de veículos incluindo veículos locados, copias das portarias de nomeação dos fiscais de contratos referentes ao processo licitatório destinado ao fornecimento de combustíveis, copias dos cupons fiscais emitidos pelos postos de combustíveis credenciados, copias das notas fiscais de abastecimentos assinadas pelo secretário Municipal de Educação.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Aldrin Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/36/vereador_aldrin_197.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/36/vereador_aldrin_197.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador Aldrin Ferreira, solicitando estudos técnicos e financeiros para reforma e ampliação da Escola E.M.E.F JOSÉ DA SILVEIRA BATISTA localizada na Comunidade do Sessenta.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/38/vereador_aldrin_198.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/38/vereador_aldrin_198.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador Aldrin Ferreira, solicitando estudos técnicos e financeiros para reforma e ampliação da Escola E.M.E.F SABINO PEREIRA FILHO localizada na Comunidade da Fazenda Santa.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>Nenê Tracuateua</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/48/requerimento_199_nene_tracuateua.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/48/requerimento_199_nene_tracuateua.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador Nenê Tracuateua, reiterando o requerimento de nº 20/2021 que solicita a recuperação do ramal e manutenção da iluminação pública da Comunidade do Rio Branco.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_200_nene_tracuateua.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_200_nene_tracuateua.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador, Nenê Tracuateua, Solicitando a manutenção da iluminação pública da Comunidade da Pontinha.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_201_nene_tracuateua.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_201_nene_tracuateua.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador, Nenê Tracuateua, Solicitando a recuperação da ponte do lixão localizada na Comunidade da Pedreira da Prefeitura.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>João Marcelo</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/44/202_requerimento_marcelo_da_farmacia.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/44/202_requerimento_marcelo_da_farmacia.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador, Marcelo da Farmácia, solicitando estudos técnicos e financeiros para manutenção e ampliação da praça da Comunidade do Caranã</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/45/203_requerimento_marcelo_da_farmacia.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/45/203_requerimento_marcelo_da_farmacia.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador, Marcelo da Farmácia, solicitando iluminação pública para Rua da Amizade até a Comunidade dos Ferreira (Vila dos Pintos).</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/46/204_requerimento_marcelo_da_farmacia.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/46/204_requerimento_marcelo_da_farmacia.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador, Marcelo da Farmácia, reitero o requerimento 084/2023 solicitando Piçarramento da Rua da Amizade até o Ramal dos Ferreira (Vila dos Pintos).</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/49/requerimento_205_cici_do_chaga.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/49/requerimento_205_cici_do_chaga.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador Cici do Chaga, Solicitando Estudos Técnicos e Financeiros para manutenção da iluminação pública na Comunidade do São João do Arraial.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_206_cici_do_chaga.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_206_cici_do_chaga.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador Cici do Chaga, solicitando manutenção nas ruas do centro da Comunidade do Arraial do São João.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_207_raian.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_207_raian.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador Raian Vieira à Secretaria Municipal de Infraestrutura e Secretaria de Turismo, Esporte e Cultura, solicitando a realização de estudos técnicos e financeiros visando à implantação de um Projeto de Inclusão das áreas dos Campos, Colônias e Sede da Município, nas Eliminatórias dos jogos de Verão para a Semana da Pátria de Tracuateua.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>Eninho do Tatu</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/52/208__eninho_do_tatu_requerimento.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/52/208__eninho_do_tatu_requerimento.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador Eninho do Tatu, solicitando estudos técnicos e financeiros para manutenção da iluminação pública na Ilha da Madeira até a comunidade da Ponta Grossa.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_209_nene_tracuateua.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_209_nene_tracuateua.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador Nenê Tracuateua para secretaria de Meio Ambiente juntamente com a secretaria de Obras, solicitando estudos técnicos e financeiros para limpeza e ornamentação do Rio da Ponte do Avião situado na PA 450</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>Wilson Paulino</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_210_ver._wilson.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_210_ver._wilson.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador Wilson Paulino, Solicitando Estudos Técnicos e Financeiros para a Construção de uma creche na comunidade de Vila Fatima.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/56/requerimento_211_ver._wilson.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/56/requerimento_211_ver._wilson.pdf</t>
   </si>
   <si>
     <t>Autoria do Vereador, Wilson Paulino, Solicitando Estudos Técnicos e Financeiros para a pavimentação com playground, Bloquetes e paisagismo à margem da BR 308 no perímetro da Comunidade do Manoel dos Santos.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>Prof.ª Pity</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_no_212_profa._pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_no_212_profa._pity.pdf</t>
   </si>
   <si>
     <t>Autoria da Vereadora Prof.ª Pity, solicitando manutenção para o ramal da Serrinha próximo à Comunidade da Vila Socorro.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/59/requerimento_no_213_profa._pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/59/requerimento_no_213_profa._pity.pdf</t>
   </si>
   <si>
     <t>Autoria da Vereadora Prof.ª Pity, solicitando manutenção para o ramal do quilometro 20.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/60/requerimento_no_214_profa._pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/60/requerimento_no_214_profa._pity.pdf</t>
   </si>
   <si>
     <t>Autoria da Vereadora Prof.ª Pity, solicitando manutenção para o ramal do Pimenta.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/62/requerimento_no_215_profa._pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/62/requerimento_no_215_profa._pity.pdf</t>
   </si>
   <si>
     <t>Autoria da Vereadora Prof.ª Pity, solicitando reiteração do requerimento 07/2025 que solicita manutenção para o ramal do Escondido.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_no_216profa._pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_no_216profa._pity.pdf</t>
   </si>
   <si>
     <t>Autoria da Vereadora Prof.ª Pity, solicitando à Secretaria de Saúde a implantação do programa “Melhor em Casa. ”</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_217_ver._wilson.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_217_ver._wilson.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Wilson Paulino, Solicitando Estudos Técnicos e Financeiros para construção de uma praça na Comunidade do Tabocal.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_218_cici_do_chaga.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_218_cici_do_chaga.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Cici do Chagas, para Secretaria de Educação em parceria com a Secretaria de Esportes e Turismo, solicitando a criação do torneio de Independência entre as Escolas municipais.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_219_cici_do_chaga.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_219_cici_do_chaga.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Cici do Chagas, solicitando estudos técnicos e financeiros para construção de uma nova ponte no Ramal do Maçarico na Comunidade da Santa Tereza.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/67/220_requerimento_marcelo_da_farmacia.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/67/220_requerimento_marcelo_da_farmacia.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Marcelo da Farmácia, solicitando que o Festival da Farinha do município de Tracuateua-PA, seja realizado anualmente no último final de semana do mês de setembro, como evento oficial do calendário cultural, turístico e econômico do município.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_221_nene_tracuateua.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_221_nene_tracuateua.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Nenê Tracuateua, solicitando estudos técnicos e financeiros para implantação de um Centro de Referência de Assistência Social (CRAS) na Comunidade de Santa Maria.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/69/requerimento_222_nene_tracuateua.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/69/requerimento_222_nene_tracuateua.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Nenê Tracuateua, solicitando estudos técnicos e financeiros para revitalização e ampliação da Escola M.E.F, Prof.ª, Mª Lucimar Castro c. Branco situada na Comunidade do Cocal.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_cmt_no_223_em_conjunto.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_cmt_no_223_em_conjunto.pdf</t>
   </si>
   <si>
     <t>de autoria dos Vereadores Paula Melo, Pescocinho, Prof.ª Pity e Cici do Chagas, solicitando à Secretaria Municipal de Agricultura, que sejam prestadas informações acerca do programa de corte de terra realizado no município de Tracuateua.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/71/224_requerimento_marcelo_da_farmacia_2.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/71/224_requerimento_marcelo_da_farmacia_2.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Marcelo de Farmácia, solicitando estudos técnicos e financeiros para construção de uma quadra de esportes no Conjunto Residencial Parque dos Ipês.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/72/225_requerimento_marcelo_da_farmacia_2.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/72/225_requerimento_marcelo_da_farmacia_2.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Marcelo da Farmácia, solicitando reiteração do requerimento de Nº: 70/2021, que solicita piçarramento do ramal e manutenção das tubulações na Comunidade do Cigano.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/73/226_requerimento_marcelo_da_farmacia.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/73/226_requerimento_marcelo_da_farmacia.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Marcelo da Farmácia, solicitando estudos técnicos e financeiros para reforma do Centrinho situado no Conjunto Parque dos Ipês.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_227_ver._wilson.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_227_ver._wilson.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Wilson Paulino, Solicitando Estudos Técnicos e Financeiros para a Construção de uma parada de ônibus no quilômetro 180 as margens da BR 308 no perímetro que dá acesso a PA 448.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/75/228_eninho_do_tatu_requerimento.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/75/228_eninho_do_tatu_requerimento.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Eninho do Tatu, solicitando estudos técnicos e financeiros para construção de uma praça em frente à Igreja da Comunidade do Tatu.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/76/229_pescocinho_2.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/76/229_pescocinho_2.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Pescocinho, solicitando manutenção da iluminação pública da Rua Velha que dá acesso a BR 308, e da Rua do Paysandu, ambas localizadas na Comunidade de Vila Fatima.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/77/230_pescocinho.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/77/230_pescocinho.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Pescocinho, solicitando manutenção da Vicinal que dá acesso à Comunidade do Sessenta, zona Rural do Município Tracuateua.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/78/equerimento_raian_vieira_231.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/78/equerimento_raian_vieira_231.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Raian Vieira, solicitando estudos técnicos e financeiros, para implantação de um Macro Sistema de abastecimento de água para o Bairro da Agua-Fria.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/82/requerimento_232_ver._paula.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/82/requerimento_232_ver._paula.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Paula Melo, solicitando manutenção da “estrada do Lixão” que interliga a Comunidade da Pedreira ao Município de Tracuateua.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/83/requerimento_233_cici_do_chaga.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/83/requerimento_233_cici_do_chaga.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Cici do Chaga, reiterando o requerimento de nº:30/2025 que solicita manutenção do ramal do Sarapó no perímetro que se estende até Comunidade do Lauro Gato.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_234_ver._wilson.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_234_ver._wilson.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Wilson Paulino, reiterando o requerimento de nº:011/2023 que solicita reforma da ponte que interliga a Comunidade do Poranduba à Comunidade de São João do Arraial.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_235_ver._paula.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_235_ver._paula.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Paula Melo, solicitando sessões plenárias itinerantes nas diferentes comunidades e bairros do município de Tracuateua.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/86/236_requerimento_vereadora_pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/86/236_requerimento_vereadora_pity.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Prof.ª. Pity, Solicitando a manutenção do Ramal da comunidade Vila dos Beatos.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/87/237_requerimento_vereadora_pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/87/237_requerimento_vereadora_pity.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Prof.ª. Pity, solicitando a manutenção da iluminação pública da comunidade Vila dos Beatos.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/88/238_requerimento_vereadora_pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/88/238_requerimento_vereadora_pity.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Prof.ª. Pity, solicitando a construção de uma Brinquedoteca Municipal na sede do Munícipio.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/89/239_requerimento_vereadora_pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/89/239_requerimento_vereadora_pity.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Prof.ª. Pity, solicitando a recuperação das ruas da Comunidade da Chapada.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/90/240_requerimento_marcelo_da_farmacia_2.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/90/240_requerimento_marcelo_da_farmacia_2.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Marcelo da Farmácia, solicitando estudos técnicos e financeiros para construção de uma Arena de esportes na comunidade do Cigano.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/91/241_requerimento_marcelo_da_farmacia_2.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/91/241_requerimento_marcelo_da_farmacia_2.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Marcelo da farmácia, solicitando estudos técnicos e financeiros para construção de uma praça na Comunidade dos Ferreira.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/92/242eninho_do_tatu_requerimento.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/92/242eninho_do_tatu_requerimento.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Eninho do Tatu, solicitando recuperação do ramal da Comunidade da Ilha da Madeira no Perímetro que se estende até a Comunidade do Tatu.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/95/243_requerimento_vereador_cici_do_chaga.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/95/243_requerimento_vereador_cici_do_chaga.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador, Cici do Chaga, solicitando estudos técnicos e financeiros para construção de um porto na Comunidade do Sessenta, no espaço conhecido como Praturá.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/94/244__requerimento_vereador_nene_tracuateua.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/94/244__requerimento_vereador_nene_tracuateua.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Nenê Tracuateua, solicitando estudos técnicos e financeiros para implantação de viveiros para mudas de hortaliças no terreno localizado atrás da  Secretaria de Agricultura.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/96/245_requerimento_vereadora_pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/96/245_requerimento_vereadora_pity.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Prof.ª Pity, Solicitando a implantação de grades de proteção na praça que fica ao lado do hospital municipal.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/97/246__requerimento_vereador_nene_tracuateua.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/97/246__requerimento_vereador_nene_tracuateua.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Nenê Tracuateua, reiterando o requerimento de nº 70/2023 que solicita estudos técnicos e financeiros para a recuperação da Ponte do Avião situada na PA 450.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/98/247__requerimento_vereador_nene_tracuateua.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/98/247__requerimento_vereador_nene_tracuateua.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Nenê Tracuateua, solicitando manutenção da iluminação pública e a recuperação do Ramal do São Raimundo situado na localidade de São Mateus.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/99/248_requerimento__cici_do_chaga.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/99/248_requerimento__cici_do_chaga.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Cici do Chaga, solicitando estudos técnicos e financeiros para construção de uma rotatória na entrada da Cidade no local denominado de Bucanha.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/100/249_requerimento__cici_do_chaga.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/100/249_requerimento__cici_do_chaga.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Cici do Chaga, solicitando estudos técnicos e financeiros para serviços de pavimentação asfáltica na Comunidade Quilombola da Pontinha.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_250_ver._wilson.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_250_ver._wilson.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Wilson Paulino, solicitando a Construção de um novo prédio para ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL E MÉDIO MARILDA FIGUEIREDO NUNES situada na Comunidade de Vila Fatima no Município de Tracuateua-PA.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/102/251_requerimento_paula_melo.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/102/251_requerimento_paula_melo.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Paula Melo, Solicitando Informações Detalhadas e Documentadas sobre a Estrutura, Recursos Humanos e Funcionamento referente a Urgência e Emergência do Hospital Municipal de Tracuateua.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/103/252_requerimento__pescocinho.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/103/252_requerimento__pescocinho.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Pescocinho, solicitando informações detalhadas sobre a realização do Festival da Farinha, ocorrido entre os dias 26 e 28 de setembro de 2025.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_253ver._wilson.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_253ver._wilson.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Wilson Paulino, solicitando implantação de placas de indicação com nomes das Comunidades nas suas principais vias de acesso.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/108/equerimento_raian_vieira_254.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/108/equerimento_raian_vieira_254.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Raian Viera, solicitando a implantação de uma companhia da policia Militar no de Município de Tracuateua.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/109/255_requerimento__pescocinho.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/109/255_requerimento__pescocinho.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Pescocinho, solicitando manutenção da iluminação pública na Rua Santo Antonio, localizada no Bairro Agua Fria, neste Município.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/110/256_requerimento__pescocinho.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/110/256_requerimento__pescocinho.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Pescocinho, solicitando manutenção, limpeza, pintura e melhorias na iluminação dos Cemitérios municipais de Tracuateua, Manoel dos Santos e Vila Fatima.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/111/257_requerimento__pescocinho.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/111/257_requerimento__pescocinho.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Pescocinho, solicitando manutenção da iluminação pública na rua principal das Comunidades do Cocal e santa Maria, situadas na zona rural deste Município.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_258_em_conjunto.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_258_em_conjunto.pdf</t>
   </si>
   <si>
     <t>Em conjunto, solicitando estudo técnico e financeiros para construção de um novo prédio para ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL BENTO SARAIVA DA SILVA situada na Comunidade do Piquiá no Município de Tracuateua-PA</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_259_em_conjunto.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_259_em_conjunto.pdf</t>
   </si>
   <si>
     <t>Em conjunto, solicitando estudo técnico e financeiros para construção de um novo prédio para ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL MARIA FRANCISCA DA CUNHA, situada na Comunidade dos cunha no Município de Tracuateua-PA.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/114/260_requerimento_paula_melo.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/114/260_requerimento_paula_melo.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Paula Melo, solicitando informações sobre o fornecimento de medicamentos e funcionamento da Farmácia Básica Municipal.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_aldrin_ferreira_261.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_aldrin_ferreira_261.pdf</t>
   </si>
   <si>
     <t>solicitando a implantação de uma companhia fixa da Policia Militar  para Comunidade da Flexeira.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/116/262_requerimento_paula_melo.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/116/262_requerimento_paula_melo.pdf</t>
   </si>
   <si>
     <t>de autoria dos Vereadores Pescocinho e Paula Melo, solicitando estudos técnicos e financeiros para reforma, manutenção ou construção da caixa d’agua da Comunidade do Estirão próximo à casa do Sr. Tota Barão.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/117/263__requerimento_nene_tracuateua.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/117/263__requerimento_nene_tracuateua.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Nenê Tracuateua, solicitando manutenção da iluminação pública da Comunidade da Pedreira.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/119/264_requerimento_vereadora_pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/119/264_requerimento_vereadora_pity.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Profª. Pity, solicitando estudos técnicos e financeiros para construção de um novo sistema de abastecimento de água para Comunidade de Vila Socorro.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/120/265_requerimento_vereadora_pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/120/265_requerimento_vereadora_pity.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Profª. Pity solicitando estudos técnicos e financeiros para construção de um novo sistema de abastecimento de água para Comunidade de Alves de Moura.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/121/267_requerimento_marcelo_da_farmacia.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/121/267_requerimento_marcelo_da_farmacia.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Marcelo da Farmácia, reiterando o requerimento de nº 133/2021 que solicita manutenção do ramal do Peneirão situado na Comunidade de Santa Maria.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/122/267_requerimento_marcelo_da_farmacia.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/122/267_requerimento_marcelo_da_farmacia.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Marcelo da Farmácia, reiterando do requerimento de nº 12/2021 que solicita serviços de piçarramento para Comunidade do Cigano.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/123/268_requerimento_marcelo_da_farmacia.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/123/268_requerimento_marcelo_da_farmacia.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Marcelo da Farmácia, solicitando a manutenção da ponte do Mucega situada no ramal que dá acesso a comunidade do açaizal.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/124/269_requerimento_marcelo_da_farmacia.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/124/269_requerimento_marcelo_da_farmacia.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Marcelo da Farmácia, solicitando estudos técnicos e financeiros para serviços de piçarramento no ramal que interliga a Comunidade do Taoca à Comunidade do Caranã.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/125/270_requerimento__cici_do_chaga.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/125/270_requerimento__cici_do_chaga.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Cici do Chaga, solicitando manutenção da iluminação pública da Rua Fé em Deus situada no Bairro Nova Esperança na sede do Munícipio.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/126/271_requerimento__cici_do_chaga.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/126/271_requerimento__cici_do_chaga.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Cici do Chaga, solicitando estudos técnicos e financeiros para serviços de bloqueteamento para Rua Fé em Deus situada no Bairro Nova Esperança na sede do Munícipio.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_raian_vieira_272.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_raian_vieira_272.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Raian Vieira, solicitando estudos técnicos e financeiros, para implantação de Postes com Iluminação Pública nas duas vias que dão acesso da BR – 308 a Comunidade do Tracuá.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_raian_vieira_273.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_raian_vieira_273.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Raian Vieira, solicitando estudos técnicos e financeiros, para implantação de uma Parada de ônibus nas entradas que dão acesso da BR – 308 a Comunidade do Tracuá.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/129/274_requerimento_paula_melo.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/129/274_requerimento_paula_melo.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Paula Melo, solicitando estudos técnicos e financeiros para Criação de um Plano Municipal de Recuperação e Manutenção de Estradas Vicinais.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/130/275_requerimento__cici_do_chaga.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/130/275_requerimento__cici_do_chaga.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Cici do Chaga, solicitando estudos técnicos e financeiros para construção de uma nova ponte no aterro da Comunidade do Nanã,</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/131/276_requerimento_vereadora_pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/131/276_requerimento_vereadora_pity.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Profª. Pity, Solicitando a manutenção do ramal da comunidade do Arraial do São João.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/132/277_requerimento_vereadora_pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/132/277_requerimento_vereadora_pity.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Profª. Pity, Solicitando a construção de um novo sistema de abastecimento de agua na Comunidade de Arraial do São João.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/135/278_requerimento_vereadora_pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/135/278_requerimento_vereadora_pity.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Profª. Pity, solicitando manutenção do ramal da Comunidade do Estirão situado na zona rural do Município.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_279_ver._paula.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_279_ver._paula.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Paula Melo, solicitando manutenção da iluminação pública da Comunidade do Peri.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/137/280__eninho_do_tatu_requerimento.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/137/280__eninho_do_tatu_requerimento.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Eninho do Tatu, solicitando serviços de manutenção da iluminação pública   na Comunidade das Quatro Bocas.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/138/281_requerimento__pescocinho.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/138/281_requerimento__pescocinho.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Pescocinho, solicitando estudos técnicos e financeiros para implantação de uma lombada com as devidas sinalizações no perímetro da avenida Hamilton João Pinheiro, nas Proximidades do Lava Jato do Alester.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/139/282_requerimento__pescocinho.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/139/282_requerimento__pescocinho.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Pescocinho, solicitando informações acerca da situação atual e da previsão para abertura do concurso Público do município.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/140/requerimento_283_ver._wilson.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/140/requerimento_283_ver._wilson.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Wilson Paulino, solicitando estudos técnicos e financeiros para decoração natalina na praça de Vila Fátima.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_284_ver._wilson.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_284_ver._wilson.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Wilson Paulino, solicitando estudos técnicos e financeiros para decoração natalina na praça de Vila do Manoel dos Santos.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_285_raian.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_285_raian.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Raian Vieira, solicitando estudos técnicos e financeiros para a construção de duas lombadas na rua Benedito de Oliveira no Conjunto Antonio Gomes da Costa, uma lombada entre a primeira e a segunda rua e outra em frente à casa do Jessé Pereira.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/147/requerimento_286_raian.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/147/requerimento_286_raian.pdf</t>
   </si>
   <si>
     <t>de autoria do Vereador Raian Vieira, solicitando que seja encaminhado, ao Poder Executivo Municipal, por meio da Secretaria competente, que sejam adotadas as providências necessárias para a que seja doado os Títulos de Doação aos moradores do Bairro Nova Esperança, garantindo assim a efetiva regularização da área.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/154/287_requerimento_vereadora_pity.pdf</t>
+    <t>http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/154/287_requerimento_vereadora_pity.pdf</t>
   </si>
   <si>
     <t>de autoria da Vereadora Profª. Pity, solicitando estudos técnicos e financeiros para reforma ou construção das pontes do ramal do 20.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>de autoria do Vereador Cici do Chaga, o qual institui a Brincadeira Popular “SERRA VELHA” como Patrimônio Cultural e Imaterial do município de Tracuateua e da outra providencias.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>6</t>
   </si>
@@ -1297,50 +1297,59 @@
     <t>81</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>De iniciativa do Poder Executivo, o qual dispõe sobre o processo de nº 851/2025 para a elaboração de título de doação para a requerente, Srª. Raquel de Cassia Silva Lima, haja vista que o lote possui uma área superior a 300,00m², o qual solicita que seja tomada medidas as cabíveis.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>de procedência do Poder Executivo, que estima receita e fixa a despesa anual do Município de Tracuateua-PA, para o exercício financeiro de 2026 e da outras providências.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>de procedência do Poder Executivo, que dispõe sobre o pagamento, exclusivamente referente ao exercício do ano de 2025, do incentivo financeiro anual adicional aos agentes comunitários de saúde (acs) e agentes de combate as endemias (ace) do município de tracateua-pa e da outras providências.</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>de iniciativa do Poder Executivo, que dispõe sobre a doação de um terreno com edificação, de propriedade do Município de Tracuateua a Raquel de Cassia da Silva Lima e da outras providências.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>de procedência do Vereador Nenê Tracuateua, que dispõe sobre a concessão do título honorífico de honra ao mérito ao Senhor NAASSOM SOUSA DO NASCIMENTO e dá outras providências.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>de procedência do Vereador Nenê Tracuateua, que dispõe sobre a concessão do título honorífico de honra ao mérito ao Senhor MARCOS DAWSON FERNANDES DE AVIZ e dá outras providências.</t>
   </si>
   <si>
     <t>149</t>
   </si>
@@ -1704,68 +1713,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_193_pescocinho.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_cmt_no_196_em_conjunto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/36/vereador_aldrin_197.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/38/vereador_aldrin_198.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/48/requerimento_199_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_200_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_201_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/44/202_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/45/203_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/46/204_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/49/requerimento_205_cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_206_cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_207_raian.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/52/208__eninho_do_tatu_requerimento.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_209_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_210_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/56/requerimento_211_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_no_212_profa._pity.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/59/requerimento_no_213_profa._pity.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/60/requerimento_no_214_profa._pity.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/62/requerimento_no_215_profa._pity.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_no_216profa._pity.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_217_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_218_cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_219_cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/67/220_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_221_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/69/requerimento_222_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_cmt_no_223_em_conjunto.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/71/224_requerimento_marcelo_da_farmacia_2.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/72/225_requerimento_marcelo_da_farmacia_2.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/73/226_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_227_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/75/228_eninho_do_tatu_requerimento.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/76/229_pescocinho_2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/77/230_pescocinho.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/78/equerimento_raian_vieira_231.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/82/requerimento_232_ver._paula.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/83/requerimento_233_cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_234_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_235_ver._paula.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/86/236_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/87/237_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/88/238_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/89/239_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/90/240_requerimento_marcelo_da_farmacia_2.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/91/241_requerimento_marcelo_da_farmacia_2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/92/242eninho_do_tatu_requerimento.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/95/243_requerimento_vereador_cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/94/244__requerimento_vereador_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/96/245_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/97/246__requerimento_vereador_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/98/247__requerimento_vereador_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/99/248_requerimento__cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/100/249_requerimento__cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_250_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/102/251_requerimento_paula_melo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/103/252_requerimento__pescocinho.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_253ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/108/equerimento_raian_vieira_254.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/109/255_requerimento__pescocinho.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/110/256_requerimento__pescocinho.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/111/257_requerimento__pescocinho.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_258_em_conjunto.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_259_em_conjunto.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/114/260_requerimento_paula_melo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_aldrin_ferreira_261.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/116/262_requerimento_paula_melo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/117/263__requerimento_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/119/264_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/120/265_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/121/267_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/122/267_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/123/268_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/124/269_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/125/270_requerimento__cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/126/271_requerimento__cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_raian_vieira_272.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_raian_vieira_273.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/129/274_requerimento_paula_melo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/130/275_requerimento__cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/131/276_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/132/277_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/135/278_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_279_ver._paula.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/137/280__eninho_do_tatu_requerimento.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/138/281_requerimento__pescocinho.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/139/282_requerimento__pescocinho.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/140/requerimento_283_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_284_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_285_raian.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/147/requerimento_286_raian.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/154/287_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_193_pescocinho.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_cmt_no_196_em_conjunto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/36/vereador_aldrin_197.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/38/vereador_aldrin_198.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/48/requerimento_199_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_200_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_201_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/44/202_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/45/203_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/46/204_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/49/requerimento_205_cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_206_cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_207_raian.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/52/208__eninho_do_tatu_requerimento.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_209_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_210_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/56/requerimento_211_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_no_212_profa._pity.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/59/requerimento_no_213_profa._pity.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/60/requerimento_no_214_profa._pity.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/62/requerimento_no_215_profa._pity.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_no_216profa._pity.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_217_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_218_cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_219_cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/67/220_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_221_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/69/requerimento_222_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_cmt_no_223_em_conjunto.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/71/224_requerimento_marcelo_da_farmacia_2.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/72/225_requerimento_marcelo_da_farmacia_2.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/73/226_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_227_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/75/228_eninho_do_tatu_requerimento.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/76/229_pescocinho_2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/77/230_pescocinho.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/78/equerimento_raian_vieira_231.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/82/requerimento_232_ver._paula.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/83/requerimento_233_cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_234_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_235_ver._paula.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/86/236_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/87/237_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/88/238_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/89/239_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/90/240_requerimento_marcelo_da_farmacia_2.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/91/241_requerimento_marcelo_da_farmacia_2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/92/242eninho_do_tatu_requerimento.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/95/243_requerimento_vereador_cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/94/244__requerimento_vereador_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/96/245_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/97/246__requerimento_vereador_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/98/247__requerimento_vereador_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/99/248_requerimento__cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/100/249_requerimento__cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_250_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/102/251_requerimento_paula_melo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/103/252_requerimento__pescocinho.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_253ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/108/equerimento_raian_vieira_254.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/109/255_requerimento__pescocinho.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/110/256_requerimento__pescocinho.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/111/257_requerimento__pescocinho.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_258_em_conjunto.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_259_em_conjunto.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/114/260_requerimento_paula_melo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_aldrin_ferreira_261.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/116/262_requerimento_paula_melo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/117/263__requerimento_nene_tracuateua.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/119/264_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/120/265_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/121/267_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/122/267_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/123/268_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/124/269_requerimento_marcelo_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/125/270_requerimento__cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/126/271_requerimento__cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_raian_vieira_272.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_raian_vieira_273.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/129/274_requerimento_paula_melo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/130/275_requerimento__cici_do_chaga.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/131/276_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/132/277_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/135/278_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_279_ver._paula.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/137/280__eninho_do_tatu_requerimento.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/138/281_requerimento__pescocinho.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/139/282_requerimento__pescocinho.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/140/requerimento_283_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_284_ver._wilson.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_285_raian.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/147/requerimento_286_raian.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/sapl/public/materialegislativa/2025/154/287_requerimento_vereadora_pity.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tracuateua.pa.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H112"/>
+  <dimension ref="A1:H113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -4445,219 +4454,242 @@
       </c>
       <c r="D105" t="s">
         <v>402</v>
       </c>
       <c r="E105" t="s">
         <v>403</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H105" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>429</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>430</v>
       </c>
       <c r="D106" t="s">
-        <v>431</v>
+        <v>402</v>
       </c>
       <c r="E106" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>403</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H106" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>432</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>433</v>
+      </c>
+      <c r="D107" t="s">
         <v>434</v>
       </c>
-      <c r="B107" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E107" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="F107" t="s">
         <v>41</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H107" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>437</v>
+        <v>401</v>
       </c>
       <c r="D108" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="E108" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="F108" t="s">
         <v>41</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H108" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>439</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>440</v>
       </c>
       <c r="D109" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="E109" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="F109" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H109" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>442</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>443</v>
       </c>
       <c r="D110" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="E110" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="F110" t="s">
         <v>18</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H110" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>445</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>406</v>
+        <v>446</v>
       </c>
       <c r="D111" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="E111" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="F111" t="s">
         <v>18</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H111" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="D112" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="E112" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="F112" t="s">
         <v>18</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H112" t="s">
-        <v>448</v>
+        <v>449</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>450</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>409</v>
+      </c>
+      <c r="D113" t="s">
+        <v>434</v>
+      </c>
+      <c r="E113" t="s">
+        <v>435</v>
+      </c>
+      <c r="F113" t="s">
+        <v>18</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H113" t="s">
+        <v>451</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4729,50 +4761,51 @@
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
     <hyperlink ref="G93" r:id="rId92"/>
     <hyperlink ref="G94" r:id="rId93"/>
     <hyperlink ref="G95" r:id="rId94"/>
     <hyperlink ref="G96" r:id="rId95"/>
     <hyperlink ref="G97" r:id="rId96"/>
     <hyperlink ref="G98" r:id="rId97"/>
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>